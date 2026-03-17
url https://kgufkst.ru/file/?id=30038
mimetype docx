--- v0 (2025-10-17)
+++ v1 (2026-03-17)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2127"/>
         <w:gridCol w:w="7510"/>
       </w:tblGrid>
       <w:tr w:rsidR="008D73CD" w:rsidTr="008A2EFC">
         <w:trPr>
           <w:trHeight w:val="1247"/>
         </w:trPr>
         <w:tc>
@@ -210,52 +210,50 @@
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="008D73CD" w:rsidRDefault="008D73CD" w:rsidP="00DD3E95">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="009128F9" w:rsidRPr="009128F9" w:rsidRDefault="009128F9" w:rsidP="00DD3E95">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -747,333 +745,232 @@
             <w:tcW w:w="3827" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="009128F9" w:rsidRPr="008A2EFC" w:rsidRDefault="009128F9" w:rsidP="00F8591E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00645219" w:rsidRDefault="00645219" w:rsidP="00DD3E95">
+    <w:p w:rsidR="00E05F2C" w:rsidRDefault="00E05F2C" w:rsidP="00DD3E95">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00645219" w:rsidRDefault="00645219" w:rsidP="00DD3E95">
+    <w:p w:rsidR="00645219" w:rsidRPr="00E05F2C" w:rsidRDefault="00E05F2C" w:rsidP="00DD3E95">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E05F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Выберите</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рограмм</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дополнительного профессионального образования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (повышение квалификации/профессиональная переподготовка) и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E05F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>укажите название программы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E05F2C" w:rsidRDefault="00645219" w:rsidP="00E05F2C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>Программ</w:t>
       </w:r>
       <w:r w:rsidR="002D0124">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">а </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> повышения</w:t>
+        <w:t>повышения</w:t>
       </w:r>
       <w:r w:rsidR="00D63452">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> квалификации</w:t>
       </w:r>
-      <w:r w:rsidR="002D0124">
-[...6 lines deleted...]
-      </w:r>
+      <w:r w:rsidR="00E05F2C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E05F2C" w:rsidRDefault="00E05F2C" w:rsidP="00DD3E95">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>переподготовки</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t>________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00645219" w:rsidRDefault="00E05F2C" w:rsidP="00DD3E95">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...34 lines deleted...]
-      </w:pPr>
+        <w:t>Программа профессиональной переподготовки____________________________</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________________</w:t>
-[...158 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="6804"/>
       </w:tblGrid>
       <w:tr w:rsidR="009128F9" w:rsidRPr="008A2EFC" w:rsidTr="008A2EFC">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1359,216 +1256,215 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>ru</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="00645219" w:rsidRPr="00645219" w:rsidSect="001C1983">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="142" w:right="851" w:bottom="567" w:left="1418" w:header="567" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006B4B3A" w:rsidRDefault="006B4B3A" w:rsidP="00CE6834">
+    <w:p w:rsidR="00076B11" w:rsidRDefault="00076B11" w:rsidP="00CE6834">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006B4B3A" w:rsidRDefault="006B4B3A" w:rsidP="00CE6834">
+    <w:p w:rsidR="00076B11" w:rsidRDefault="00076B11" w:rsidP="00CE6834">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00B86140" w:rsidRDefault="00B86140">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00B86140" w:rsidRDefault="00B86140">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00B86140" w:rsidRDefault="00B86140">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="006B4B3A" w:rsidRDefault="006B4B3A" w:rsidP="00CE6834">
+    <w:p w:rsidR="00076B11" w:rsidRDefault="00076B11" w:rsidP="00CE6834">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="006B4B3A" w:rsidRDefault="006B4B3A" w:rsidP="00CE6834">
+    <w:p w:rsidR="00076B11" w:rsidRDefault="00076B11" w:rsidP="00CE6834">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00B86140" w:rsidRDefault="00B86140">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00B86140" w:rsidRDefault="00B86140">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00B86140" w:rsidRDefault="00B86140">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num7"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000003"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000003"/>
@@ -1809,74 +1705,75 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00287487"/>
     <w:rsid w:val="00006FC2"/>
     <w:rsid w:val="00043C1D"/>
     <w:rsid w:val="0004709C"/>
+    <w:rsid w:val="00076B11"/>
     <w:rsid w:val="000817BE"/>
     <w:rsid w:val="0008546B"/>
     <w:rsid w:val="00094535"/>
     <w:rsid w:val="0014106A"/>
     <w:rsid w:val="00146DA3"/>
     <w:rsid w:val="00147C3E"/>
     <w:rsid w:val="0015297E"/>
     <w:rsid w:val="00157675"/>
     <w:rsid w:val="00194FA5"/>
     <w:rsid w:val="001B6147"/>
     <w:rsid w:val="001C1983"/>
     <w:rsid w:val="001F5489"/>
     <w:rsid w:val="001F63BE"/>
     <w:rsid w:val="00237EFA"/>
     <w:rsid w:val="002607CB"/>
     <w:rsid w:val="0026521E"/>
     <w:rsid w:val="00287487"/>
     <w:rsid w:val="00292E70"/>
     <w:rsid w:val="002C1918"/>
     <w:rsid w:val="002D0124"/>
     <w:rsid w:val="002D2474"/>
     <w:rsid w:val="00322F6B"/>
     <w:rsid w:val="00326915"/>
     <w:rsid w:val="00332ADD"/>
     <w:rsid w:val="003459CE"/>
@@ -1956,94 +1853,95 @@
     <w:rsid w:val="00BA0E8C"/>
     <w:rsid w:val="00BB3084"/>
     <w:rsid w:val="00BD1FAC"/>
     <w:rsid w:val="00BF75A7"/>
     <w:rsid w:val="00C035A3"/>
     <w:rsid w:val="00C2550E"/>
     <w:rsid w:val="00C4126F"/>
     <w:rsid w:val="00C434E7"/>
     <w:rsid w:val="00C72410"/>
     <w:rsid w:val="00C8397F"/>
     <w:rsid w:val="00CA62D9"/>
     <w:rsid w:val="00CB0041"/>
     <w:rsid w:val="00CB2410"/>
     <w:rsid w:val="00CB760F"/>
     <w:rsid w:val="00CE3FC9"/>
     <w:rsid w:val="00CE6834"/>
     <w:rsid w:val="00D30B90"/>
     <w:rsid w:val="00D46828"/>
     <w:rsid w:val="00D57E5D"/>
     <w:rsid w:val="00D63452"/>
     <w:rsid w:val="00D9006F"/>
     <w:rsid w:val="00D93BA7"/>
     <w:rsid w:val="00DA27CA"/>
     <w:rsid w:val="00DD3E95"/>
     <w:rsid w:val="00E03553"/>
+    <w:rsid w:val="00E05F2C"/>
     <w:rsid w:val="00E42FB8"/>
     <w:rsid w:val="00E4404C"/>
     <w:rsid w:val="00E775B9"/>
     <w:rsid w:val="00ED52BD"/>
     <w:rsid w:val="00F210FD"/>
     <w:rsid w:val="00F34B50"/>
     <w:rsid w:val="00F63625"/>
     <w:rsid w:val="00F72848"/>
     <w:rsid w:val="00FA6606"/>
     <w:rsid w:val="00FD56C6"/>
     <w:rsid w:val="00FE6CD5"/>
     <w:rsid w:val="00FF0D94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{F63337D0-DF3A-403D-AE56-5AAA02B641E6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2572,51 +2470,51 @@
     <w:qFormat/>
     <w:rsid w:val="00F63625"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00322F6B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -2875,78 +2773,78 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\apasixtheditionofficeonline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7575EF8C-AF70-4CFF-8E91-5A9F2423F5B8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4D5F18E-5497-41AE-8F9B-62DB19641270}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>99</Words>
-  <Characters>570</Characters>
+  <Words>143</Words>
+  <Characters>818</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Grizli777</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>668</CharactersWithSpaces>
+  <CharactersWithSpaces>960</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>